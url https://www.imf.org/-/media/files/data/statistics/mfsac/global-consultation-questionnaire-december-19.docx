--- v0 (2026-01-01)
+++ v1 (2026-02-12)
@@ -462,355 +462,318 @@
           <w:iCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Monetary and Financial Statistics Manual (MFSM)</w:t>
       </w:r>
       <w:r w:rsidRPr="006F48A4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B2025E0" w14:textId="77777777" w:rsidR="00B27D77" w:rsidRPr="00B27D77" w:rsidRDefault="00B27D77" w:rsidP="00B27D77">
       <w:pPr>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="492563E9" w14:textId="04B6E9E8" w:rsidR="00B27D77" w:rsidRPr="00B27D77" w:rsidRDefault="00B27D77" w:rsidP="00B27D77">
+    <w:p w14:paraId="492563E9" w14:textId="789E73CE" w:rsidR="00B27D77" w:rsidRPr="00B27D77" w:rsidRDefault="00B27D77" w:rsidP="00B27D77">
       <w:pPr>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27D77">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>You are encouraged to submit your responses electronically via</w:t>
       </w:r>
       <w:r w:rsidR="00882809">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00882809">
-[...62 lines deleted...]
-      </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidRPr="00B27D77">
+        <w:r w:rsidR="00882809" w:rsidRPr="00882809">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
           </w:rPr>
-          <w:t>STAMFSAC@imf.org</w:t>
+          <w:t>link</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidRPr="00882809">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
       <w:r w:rsidRPr="00B27D77">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...187 lines deleted...]
-        <w:t xml:space="preserve">If you have any questions or encounter any difficulties, feel free to contact us at </w:t>
+        <w:t xml:space="preserve"> Alternatively, you may complete this Word template and email your responses to </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidRPr="00B27D77">
+        <w:r w:rsidR="003D07B6" w:rsidRPr="00B82CB0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
           </w:rPr>
-          <w:t>STAMFSAC@imf.org</w:t>
+          <w:t>STA-MFSAC@imf.org</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00B27D77">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D430B1D" w14:textId="77777777" w:rsidR="00B27D77" w:rsidRPr="00B27D77" w:rsidRDefault="00B27D77" w:rsidP="00B27D77">
+      <w:pPr>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A76BE1B" w14:textId="14ECA560" w:rsidR="00B27D77" w:rsidRPr="006F48A4" w:rsidRDefault="00B27D77" w:rsidP="00B27D77">
+      <w:pPr>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B27D77">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This consultation focuses on the Proposed Research Agenda for Updating </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F48A4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F48A4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>MFSM</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F48A4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. We strongly encourage you to </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD39BF" w:rsidRPr="006F48A4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">read </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F48A4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>the accompanying Background Paper before responding.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31967FF9" w14:textId="77777777" w:rsidR="00B27D77" w:rsidRPr="006F48A4" w:rsidRDefault="00B27D77" w:rsidP="00B27D77">
+      <w:pPr>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7867F130" w14:textId="77777777" w:rsidR="00B27D77" w:rsidRPr="006F48A4" w:rsidRDefault="00B27D77" w:rsidP="00B27D77">
+      <w:pPr>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F48A4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>To ensure a coordinated perspective, we kindly request that each organization or institution submit a single consolidated response.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="371EB4F3" w14:textId="77777777" w:rsidR="00B27D77" w:rsidRPr="006F48A4" w:rsidRDefault="00B27D77" w:rsidP="00B27D77">
+      <w:pPr>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0AAF5155" w14:textId="0A9EB48F" w:rsidR="00B27D77" w:rsidRPr="006F48A4" w:rsidRDefault="00B27D77" w:rsidP="00B27D77">
+      <w:pPr>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F48A4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Please submit your feedback by</w:t>
+      </w:r>
+      <w:r w:rsidR="004A70A9" w:rsidRPr="006F48A4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004A70A9" w:rsidRPr="006F48A4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>January 30</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE135B" w:rsidRPr="006F48A4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>, 2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F48A4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="469CC768" w14:textId="6AC64770" w:rsidR="00B27D77" w:rsidRPr="00B27D77" w:rsidRDefault="00B27D77" w:rsidP="00B27D77">
+      <w:pPr>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F48A4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B27D77">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If you have any questions or encounter any difficulties, feel free to contact us at </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="00034A33" w:rsidRPr="00B82CB0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>STA-MFSAC@imf.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B27D77">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B437F8A" w14:textId="77777777" w:rsidR="00B27D77" w:rsidRPr="00B27D77" w:rsidRDefault="00B27D77" w:rsidP="00B27D77">
       <w:pPr>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="079ABC1F" w14:textId="77777777" w:rsidR="00B27D77" w:rsidRPr="00B27D77" w:rsidRDefault="00B27D77" w:rsidP="00B27D77">
       <w:pPr>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
@@ -1440,51 +1403,51 @@
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="763AECB6" w:rsidRPr="30A6AF8B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>been</w:t>
       </w:r>
       <w:r w:rsidRPr="30A6AF8B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> your involvement in the updates of the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="0077792C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
           </w:rPr>
           <w:t>System of National Accounts (</w:t>
         </w:r>
         <w:r w:rsidR="00164D7A" w:rsidRPr="0077792C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:i/>
             <w:iCs/>
           </w:rPr>
           <w:t xml:space="preserve">2025 </w:t>
         </w:r>
         <w:r w:rsidRPr="0077792C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:i/>
             <w:iCs/>
@@ -1513,51 +1476,51 @@
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="30A6AF8B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">and/or the </w:t>
       </w:r>
       <w:r w:rsidR="00C93751" w:rsidRPr="0077792C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">Integrated </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="0077792C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
           </w:rPr>
           <w:t xml:space="preserve">Balance of Payments </w:t>
         </w:r>
         <w:r w:rsidR="00C93751" w:rsidRPr="0077792C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
           </w:rPr>
           <w:t xml:space="preserve">and International Investment Position </w:t>
         </w:r>
         <w:r w:rsidRPr="0077792C">
@@ -6806,77 +6769,77 @@
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:br/>
         <w:t>2 = Of some importance</w:t>
       </w:r>
       <w:r w:rsidRPr="00A56D62">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:br/>
         <w:t>3 = Of significant importance</w:t>
       </w:r>
       <w:r w:rsidRPr="00A56D62">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:br/>
         <w:t>4 = Critically important</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="004952A1" w:rsidRPr="002C4C71" w:rsidSect="00170414">
-      <w:headerReference w:type="default" r:id="rId14"/>
-[...1 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId16"/>
+      <w:headerReference w:type="default" r:id="rId15"/>
+      <w:footerReference w:type="default" r:id="rId16"/>
+      <w:headerReference w:type="first" r:id="rId17"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4A4FA65B" w14:textId="77777777" w:rsidR="008F10D8" w:rsidRDefault="008F10D8" w:rsidP="000B7010">
+    <w:p w14:paraId="56AF9143" w14:textId="77777777" w:rsidR="0080562F" w:rsidRDefault="0080562F" w:rsidP="000B7010">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="62C945AA" w14:textId="77777777" w:rsidR="008F10D8" w:rsidRDefault="008F10D8" w:rsidP="000B7010">
+    <w:p w14:paraId="38725D3C" w14:textId="77777777" w:rsidR="0080562F" w:rsidRDefault="0080562F" w:rsidP="000B7010">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -6965,61 +6928,61 @@
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6355486D" w14:textId="77777777" w:rsidR="008F10D8" w:rsidRDefault="008F10D8" w:rsidP="000B7010">
+    <w:p w14:paraId="102A69AF" w14:textId="77777777" w:rsidR="0080562F" w:rsidRDefault="0080562F" w:rsidP="000B7010">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="76FFE7A6" w14:textId="77777777" w:rsidR="008F10D8" w:rsidRDefault="008F10D8" w:rsidP="000B7010">
+    <w:p w14:paraId="159D00A2" w14:textId="77777777" w:rsidR="0080562F" w:rsidRDefault="0080562F" w:rsidP="000B7010">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3FDCADD1" w14:textId="77777777" w:rsidR="005F722E" w:rsidRDefault="005F722E" w:rsidP="005F722E">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6933A804" w14:textId="2ED8A930" w:rsidR="005F722E" w:rsidRDefault="00BD3520" w:rsidP="005F722E">
@@ -9853,183 +9816,186 @@
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004952A1"/>
     <w:rsid w:val="000016F4"/>
     <w:rsid w:val="00006A1C"/>
     <w:rsid w:val="00010551"/>
     <w:rsid w:val="000216B8"/>
     <w:rsid w:val="00034086"/>
+    <w:rsid w:val="00034A33"/>
+    <w:rsid w:val="00036C48"/>
     <w:rsid w:val="00070765"/>
     <w:rsid w:val="00072843"/>
     <w:rsid w:val="00092782"/>
     <w:rsid w:val="000A1AEE"/>
     <w:rsid w:val="000B7010"/>
     <w:rsid w:val="000C1489"/>
     <w:rsid w:val="000D6689"/>
     <w:rsid w:val="000F5251"/>
     <w:rsid w:val="001439F6"/>
     <w:rsid w:val="00146C44"/>
     <w:rsid w:val="00160F0F"/>
     <w:rsid w:val="00164D7A"/>
     <w:rsid w:val="00166F26"/>
     <w:rsid w:val="00170414"/>
     <w:rsid w:val="00172703"/>
     <w:rsid w:val="00185DB3"/>
     <w:rsid w:val="00197434"/>
     <w:rsid w:val="001A55C6"/>
     <w:rsid w:val="001A78BE"/>
     <w:rsid w:val="001D081E"/>
     <w:rsid w:val="001E3F8D"/>
     <w:rsid w:val="001E68CB"/>
     <w:rsid w:val="00203B7B"/>
     <w:rsid w:val="00206419"/>
     <w:rsid w:val="0020778C"/>
     <w:rsid w:val="0022089B"/>
     <w:rsid w:val="0022496A"/>
     <w:rsid w:val="00232F21"/>
     <w:rsid w:val="00232FB2"/>
     <w:rsid w:val="002370E2"/>
     <w:rsid w:val="00254D85"/>
     <w:rsid w:val="002C0A89"/>
     <w:rsid w:val="002C4C71"/>
     <w:rsid w:val="002C510B"/>
     <w:rsid w:val="002E391F"/>
     <w:rsid w:val="003059A9"/>
     <w:rsid w:val="00325E95"/>
-    <w:rsid w:val="0033048C"/>
     <w:rsid w:val="003564C5"/>
     <w:rsid w:val="00367841"/>
     <w:rsid w:val="003712A7"/>
     <w:rsid w:val="00375042"/>
     <w:rsid w:val="00375488"/>
     <w:rsid w:val="00382DA8"/>
     <w:rsid w:val="003932B7"/>
     <w:rsid w:val="00393E59"/>
     <w:rsid w:val="003B6E06"/>
     <w:rsid w:val="003C1F06"/>
     <w:rsid w:val="003C5BF0"/>
+    <w:rsid w:val="003D07B6"/>
     <w:rsid w:val="003D2443"/>
     <w:rsid w:val="003D2B61"/>
     <w:rsid w:val="0040087C"/>
     <w:rsid w:val="00410D0C"/>
     <w:rsid w:val="00427538"/>
     <w:rsid w:val="004379B1"/>
     <w:rsid w:val="004517FF"/>
     <w:rsid w:val="00451C7E"/>
     <w:rsid w:val="00465DEC"/>
     <w:rsid w:val="00471D8F"/>
     <w:rsid w:val="004952A1"/>
     <w:rsid w:val="004A047B"/>
     <w:rsid w:val="004A2683"/>
     <w:rsid w:val="004A2742"/>
     <w:rsid w:val="004A509E"/>
     <w:rsid w:val="004A70A9"/>
     <w:rsid w:val="004B1DFB"/>
     <w:rsid w:val="004B255F"/>
+    <w:rsid w:val="004B5EE6"/>
     <w:rsid w:val="004C4B5C"/>
     <w:rsid w:val="004E475A"/>
     <w:rsid w:val="004F3DA7"/>
     <w:rsid w:val="004F3ECE"/>
     <w:rsid w:val="005122F5"/>
     <w:rsid w:val="0051312F"/>
     <w:rsid w:val="00527B01"/>
     <w:rsid w:val="00531040"/>
     <w:rsid w:val="005B30FA"/>
     <w:rsid w:val="005B6103"/>
     <w:rsid w:val="005C0460"/>
     <w:rsid w:val="005C32A2"/>
     <w:rsid w:val="005D3D0A"/>
     <w:rsid w:val="005F722E"/>
     <w:rsid w:val="00600000"/>
     <w:rsid w:val="0060374F"/>
     <w:rsid w:val="00612655"/>
     <w:rsid w:val="0061550F"/>
     <w:rsid w:val="00616AEE"/>
     <w:rsid w:val="00616C08"/>
     <w:rsid w:val="00632B0E"/>
     <w:rsid w:val="00632DFA"/>
     <w:rsid w:val="006478C0"/>
     <w:rsid w:val="00655CF9"/>
     <w:rsid w:val="00657302"/>
     <w:rsid w:val="00657BF3"/>
     <w:rsid w:val="00676D74"/>
     <w:rsid w:val="00695B9C"/>
     <w:rsid w:val="006B3C28"/>
     <w:rsid w:val="006C41BB"/>
     <w:rsid w:val="006C7732"/>
     <w:rsid w:val="006D66BC"/>
     <w:rsid w:val="006E38E0"/>
     <w:rsid w:val="006E5A2C"/>
     <w:rsid w:val="006F48A4"/>
     <w:rsid w:val="006F5EE1"/>
     <w:rsid w:val="006F658C"/>
     <w:rsid w:val="00706D1C"/>
     <w:rsid w:val="0072039F"/>
     <w:rsid w:val="00743564"/>
     <w:rsid w:val="00765058"/>
     <w:rsid w:val="007700E8"/>
     <w:rsid w:val="0077792C"/>
     <w:rsid w:val="007F425F"/>
     <w:rsid w:val="007F47DE"/>
     <w:rsid w:val="0080011D"/>
+    <w:rsid w:val="0080562F"/>
     <w:rsid w:val="00805BA9"/>
     <w:rsid w:val="00806D66"/>
     <w:rsid w:val="00807E50"/>
     <w:rsid w:val="00823796"/>
     <w:rsid w:val="0083100E"/>
     <w:rsid w:val="00834E6F"/>
     <w:rsid w:val="00835C8B"/>
     <w:rsid w:val="00851636"/>
     <w:rsid w:val="00855389"/>
     <w:rsid w:val="008607AE"/>
     <w:rsid w:val="00865D9B"/>
     <w:rsid w:val="00882809"/>
     <w:rsid w:val="00883789"/>
     <w:rsid w:val="008A3DEB"/>
     <w:rsid w:val="008B77FF"/>
     <w:rsid w:val="008D11CB"/>
     <w:rsid w:val="008D75C7"/>
     <w:rsid w:val="008E0836"/>
     <w:rsid w:val="008E4B50"/>
-    <w:rsid w:val="008F10D8"/>
     <w:rsid w:val="008F4ED9"/>
     <w:rsid w:val="00906EA1"/>
     <w:rsid w:val="009077A3"/>
     <w:rsid w:val="00923D3D"/>
     <w:rsid w:val="00932D47"/>
     <w:rsid w:val="009713BF"/>
     <w:rsid w:val="009778F0"/>
     <w:rsid w:val="00994E15"/>
     <w:rsid w:val="009A6197"/>
     <w:rsid w:val="009A6D88"/>
     <w:rsid w:val="009E5C61"/>
     <w:rsid w:val="009E7862"/>
     <w:rsid w:val="00A23897"/>
     <w:rsid w:val="00A55BE1"/>
     <w:rsid w:val="00A56D62"/>
     <w:rsid w:val="00A61AA5"/>
     <w:rsid w:val="00A70E79"/>
     <w:rsid w:val="00A85FFB"/>
     <w:rsid w:val="00AA3C3F"/>
     <w:rsid w:val="00AB3A41"/>
     <w:rsid w:val="00AF1AFC"/>
     <w:rsid w:val="00B16AFE"/>
     <w:rsid w:val="00B27D77"/>
     <w:rsid w:val="00B30044"/>
     <w:rsid w:val="00B6272F"/>
@@ -10675,50 +10641,51 @@
     <w:pPr>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="8"/>
     <w:rsid w:val="008A3DEB"/>
     <w:pPr>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Appendix">
     <w:name w:val="Appendix"/>
@@ -11966,51 +11933,51 @@
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="2119371007">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com/url?sa=t&amp;rct=j&amp;q=&amp;esrc=s&amp;source=web&amp;cd=&amp;cad=rja&amp;uact=8&amp;ved=2ahUKEwiLqpujh8qQAxXWFVkFHevKADUQFnoECCAQAQ&amp;url=https%3A%2F%2Fwww.imf.org%2F-%2Fmedia%2FFiles%2FData%2FStatistics%2FBMP7%2Fdraft-consolidated-bpm7-annotated-outline.ashx&amp;usg=AOvVaw3kog6S8bof2m7lpPt5cXHO&amp;opi=89978449" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unstats.un.org/unsd/nationalaccount/docs/2025_SNA_Pre-edit.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:STAMFSAC@imf.org" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:STAMFSAC@imf.org" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unstats.un.org/unsd/nationalaccount/docs/2025_SNA_Pre-edit.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:STA-MFSAC@imf.org" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:STA-MFSAC@imf.org" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cvent.me/4D2oMP" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com/url?sa=t&amp;rct=j&amp;q=&amp;esrc=s&amp;source=web&amp;cd=&amp;cad=rja&amp;uact=8&amp;ved=2ahUKEwiLqpujh8qQAxXWFVkFHevKADUQFnoECCAQAQ&amp;url=https%3A%2F%2Fwww.imf.org%2F-%2Fmedia%2FFiles%2FData%2FStatistics%2FBMP7%2Fdraft-consolidated-bpm7-annotated-outline.ashx&amp;usg=AOvVaw3kog6S8bof2m7lpPt5cXHO&amp;opi=89978449" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Custom Design">
   <a:themeElements>
     <a:clrScheme name="IMF Colors V2">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="004C97"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="CAEDFE"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="009CDE"/>
       </a:accent1>
@@ -12329,50 +12296,65 @@
     <a:custClr name="Aubergine">
       <a:srgbClr val="001E60"/>
     </a:custClr>
   </a:custClrLst>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="IMF_PresentationTemplate-General.potx" id="{690FEF46-D631-674C-A5C5-50E70E85612A}" vid="{E36708C0-345E-2E4E-8E24-1157AE545E66}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009C0DE6FC04ED8246BA76B8C6653D11C3" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="188737676c69719194db1f49fdd2da37">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="20c5d4c5-3df2-4387-a11f-f562af266862" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ec81e5091bd28b03dcc8e89ef1cba73f" ns2:_="">
     <xsd:import namespace="20c5d4c5-3df2-4387-a11f-f562af266862"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="20c5d4c5-3df2-4387-a11f-f562af266862" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
@@ -12472,130 +12454,115 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{99997281-19C3-4D06-970C-4D4997F0D638}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{177844AC-0630-4BF1-884F-4E854521F29A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9911FA0A-7E18-4DB0-86A6-82F260CA1076}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="20c5d4c5-3df2-4387-a11f-f562af266862"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>1034</Words>
-  <Characters>6164</Characters>
+  <Words>938</Words>
+  <Characters>5595</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>385</Lines>
-  <Paragraphs>184</Paragraphs>
+  <Lines>334</Lines>
+  <Paragraphs>145</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>IMF</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7014</CharactersWithSpaces>
+  <CharactersWithSpaces>6393</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="24" baseType="variant">
       <vt:variant>
         <vt:i4>6357103</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.google.com/url?sa=t&amp;rct=j&amp;q=&amp;esrc=s&amp;source=web&amp;cd=&amp;cad=rja&amp;uact=8&amp;ved=2ahUKEwiLqpujh8qQAxXWFVkFHevKADUQFnoECCAQAQ&amp;url=https%3A%2F%2Fwww.imf.org%2F-%2Fmedia%2FFiles%2FData%2FStatistics%2FBMP7%2Fdraft-consolidated-bpm7-annotated-outline.ashx&amp;usg=AOvVaw3kog6S8bof2m7lpPt5cXHO&amp;opi=89978449</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>7471139</vt:i4>
       </vt:variant>
       <vt:variant>